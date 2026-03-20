--- v0 (2025-12-02)
+++ v1 (2026-03-20)
@@ -1,160 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="177" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="177" w:type="dxa"/>
           <w:right w:w="177" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9360"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="723891A4" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:trPr>
           <w:trHeight w:val="1665"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="pct10" w:color="000000" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0B80003E" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
-[...6 lines deleted...]
-          </w:p>
           <w:p w14:paraId="48960FE8" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
             <w:pPr>
               <w:spacing w:line="120" w:lineRule="exact"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3FED18C3" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
+          <w:p w14:paraId="05DBD6BF" w14:textId="227A88EE" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="004E62CA">
             <w:pPr>
-              <w:tabs>
-[...8 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Heading1"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:tab/>
+              <w:t>The Governor’s Council for Judicial Appointments</w:t>
+            </w:r>
+            <w:r w:rsidR="005214F8">
+              <w:br/>
             </w:r>
             <w:r>
-              <w:rPr>
-[...27 lines deleted...]
-              </w:rPr>
               <w:t>State of Tennessee</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DCA120F" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
+          <w:p w14:paraId="5DCA120F" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRPr="004E62CA" w:rsidRDefault="00721BCC" w:rsidP="004E62CA">
             <w:pPr>
-              <w:spacing w:after="57"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Heading2"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="004E62CA">
               <w:t>Application for Nomination to Judicial Office</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C23BDE4" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
             <w:pPr>
               <w:spacing w:after="57"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F383B28" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -563,177 +511,195 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="59EE9FE1" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32785674" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="thinThickSmallGap" w:sz="24" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="double"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D996034" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4D996034" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="005214F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:t>INTRODUCTION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="100C9059" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The State of Tennessee Executive Order No. 87 (September 17, 2021) hereby charges the Governor’s Council for Judicial Appointments with assisting the Governor and the people of Tennessee in finding and appointing the best and most qualified candidates for judicial offices in this State. Please consider the Council’s responsibility in answering the questions in this application. For example, when a question asks you to “describe” certain things, please provide a description that contains relevant information about the subject of the question, and, especially, that contains detailed information that demonstrates that you are qualified for the judicial office you seek. In order to properly evaluate your application, the Council needs information about the range of your experience, the depth and breadth of your legal knowledge, and your personal traits such as integrity, fairness, and work habits.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">The State of Tennessee Executive Order No. 87 (September 17, 2021) hereby charges the Governor’s Council for Judicial Appointments with assisting the Governor and the people of Tennessee in finding and appointing the best and most qualified candidates for judicial offices in this State. Please consider the Council’s responsibility in answering the questions in this application. For example, when a question asks you to “describe” certain things, please provide a description that contains relevant information about the subject of the question, and, especially, that contains detailed information that demonstrates that you are qualified for the judicial office you seek. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>In order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The Council requests that applicants use the Microsoft Word form and respond directly on the form using the boxes provided below each question. (The boxes will expand as you type in the document.) Please read the separate instruction sheet prior to completing this document. Please submit your original hard copy (unbound) completed application (</w:t>
+        <w:t xml:space="preserve"> properly evaluate your application, the Council needs information about the range of your experience, the depth and breadth of your legal knowledge, and your personal traits such as integrity, fairness, and work habits.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0A578F" w14:textId="55871371" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Council requests that applicants use the Microsoft Word form and respond directly </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the form using the boxes provided below each question. (The boxes will expand as you type in the document.) Please read the separate instruction sheet prior to completing this document. Please submit your original hard copy (unbound) completed application (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>with ink signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and any attachments to the Administrative Office of the Courts as detailed in the application instructions. Additionally, you must submit a digital copy with your electronic or scanned signature. The digital copy may be submitted on a storage device such as a flash drive that is included with your original application, or the digital copy may be submitted via email to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00FD1FE9" w:rsidRPr="007D69EB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>laura.blount@tncourts.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> .</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20CDEFC1" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17737AAF" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44364E8F" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>THIS APPLICATION IS OPEN TO PUBLIC INSPECTION AFTER YOU SUBMIT IT.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7270AC9F" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="7270AC9F" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="005214F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PROFESSIONAL BACKGROUND AND WORK EXPERIENCE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="679B4672" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC"/>
     <w:p w14:paraId="4AEA78D4" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>State your present employment.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -1001,51 +967,59 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="28151F20" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:before="480" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>If you have not been employed continuously since completion of your legal education, describe what you did during periods of unemployment in excess of six months.</w:t>
+        <w:t xml:space="preserve">If you have not been employed continuously since completion of your legal education, describe what you did during periods of unemployment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> six months.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="3C8A1C6D" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1123,51 +1097,67 @@
               <w:keepNext/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="039435A7" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Describe generally your experience (over your entire time as a licensed attorney) in trial courts, appellate courts, administrative bodies, legislative or regulatory bodies, other forums, and/or transactional matters.  In making your description, include information about the types of matters in which you have represented clients (e.g., information about whether you have handled criminal matters, civil matters, transactional matters, regulatory matters, etc.) and your own personal involvement and activities in the matters where you have been involved.  In responding to this question, please be guided by the fact that in order to properly evaluate your application, the Council needs information about your range of experience, your own personal work and work habits, and your work background, as your legal experience is a very important component of the evaluation required of the Council.  Please provide detailed information that will allow the Council to evaluate your qualification for the judicial office for which you have applied.  The failure to provide detailed information, especially in this question, will hamper the evaluation of your application.  </w:t>
+        <w:t xml:space="preserve">Describe generally your experience (over your entire time as a licensed attorney) in trial courts, appellate courts, administrative bodies, legislative or regulatory bodies, other forums, and/or transactional matters.  In making your description, include information about the types of matters in which you have represented clients (e.g., information about whether you have handled criminal matters, civil matters, transactional matters, regulatory matters, etc.) and your own personal involvement and activities in the matters where you have been involved.  In </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>responding</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to this question, please be guided by the fact that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> properly evaluate your application, the Council needs information about your range of experience, your own personal work and work habits, and your work background, as your legal experience is a very important component of the evaluation required of the Council.  Please provide detailed information that will allow the Council to evaluate your qualification for the judicial office for which you have applied.  The failure to provide detailed information, especially in this question, will hamper the evaluation of your application.  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="31CDF7D8" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1238,51 +1228,67 @@
           <w:p w14:paraId="21CB87B0" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4AA6CE06" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">If you have served as a mediator, an arbitrator or a judicial officer, describe your experience (including dates and details of the position, the courts or agencies involved, whether elected or appointed, and a description of your duties).  Include here detailed description(s) of any noteworthy cases over which you presided or which you heard as a judge, mediator or arbitrator.  Please state, as to each case:  (1) the date or period of the proceedings; (2) the name of the court or agency;  (3) a summary of the substance of each case; and (4) a statement of the significance of the case. </w:t>
+        <w:t>If you have served as a mediator, an arbitrator or a judicial officer, describe your experience (including dates and details of the position, the courts or agencies involved, whether elected or appointed, and a description of your duties).  Include here detailed description(s) of any noteworthy cases over which you presided or which you heard as a judge, mediator or arbitrator.  Please state, as to each case</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">1) the date or period of the proceedings; (2) the name of the court or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>agency;  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">3) a summary of the substance of each case; and (4) a statement of the significance of the case. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="07E9DE13" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1407,109 +1413,111 @@
           <w:p w14:paraId="1A89904F" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6BE5CC5D" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:before="480" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>List all prior occasions on which you have submitted an application for judgeship to the Governor’s Council for Judicial Appointments or any predecessor or similar commission or body.  Include the specific position applied for, the date of the meeting at which the body considered your application, and whether or not the body submitted your name to the Governor as a nominee.</w:t>
+        <w:t xml:space="preserve">List all prior occasions on which you have </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>submitted an application</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> for judgeship to the Governor’s Council for Judicial Appointments or any predecessor or similar commission or body.  Include the specific position applied for, the date of the meeting at which the body considered your application, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the body submitted your name to the Governor as a nominee.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="04179656" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="69DDFBF3" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17EF1ACA" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
-[...17 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="17EF1ACA" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="005214F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:t>EDUCATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AE37E0A" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">List each college, law school, and other graduate school that you have attended, including dates of attendance, degree awarded, major, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>any form of recognition or other aspects of your education you believe are relevant</w:t>
       </w:r>
       <w:r>
@@ -1537,65 +1545,55 @@
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="54D5C39E" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="14672A7D" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="27BE65CF" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
-[...13 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="27BE65CF" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="005214F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:t>PERSONAL INFORMATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E546EC5" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>State your age and date of birth.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1677,51 +1675,50 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5C51F4A4" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:before="480" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>How long have you lived continuously in the county where you are now living?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="131D3C7B" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
@@ -1731,50 +1728,51 @@
           <w:p w14:paraId="4F232A5E" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="63A5F679" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:before="480" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>State the county in which you are registered to vote.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="620FB9ED" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
@@ -1998,51 +1996,59 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D57AFB9" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:before="480" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Has a tax lien or other collection procedure been instituted against you by federal, state, or local authorities or creditors within the last five (5) years?  If so, give details.</w:t>
+        <w:t xml:space="preserve">Has a tax </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>lien</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> or other collection procedure been instituted against you by federal, state, or local authorities or creditors within the last five (5) years?  If so, give details.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="1A2FD7EA" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2052,52 +2058,55 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="387AFA3C" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:before="480" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:t xml:space="preserve">Have you ever filed bankruptcy (including personally or as part of any partnership, LLC, </w:t>
+      </w:r>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Have you ever filed bankruptcy (including personally or as part of any partnership, LLC, corporation, or other business organization)?</w:t>
+        <w:t>corporation, or other business organization)?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="57023C33" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2107,51 +2116,59 @@
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0BCC516A" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:before="480" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Have you ever been a party in any legal proceedings (including divorces, domestic proceedings, and other types of proceedings)?  If so, give details including the date, court and docket number and disposition.  Provide a brief description of the case.  This question does not seek, and you may exclude from your response, any matter where you were involved only as a nominal party, such as if you were the trustee under a deed of trust in a foreclosure proceeding.</w:t>
+        <w:t>Have you ever been a party in any legal proceedings (including divorces, domestic proceedings, and other types of proceedings)?  If so, give details including the date, court and docket number and disposition.  Provide a brief description of the case.  This question does not seek, and you may exclude from your response, any matter where you were involved only as a nominal party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>, such</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> as if you were the trustee under a deed of trust in a foreclosure proceeding.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="3C1F3867" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2213,155 +2230,170 @@
           <w:p w14:paraId="2DD7EC21" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0BA739F3" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:before="480" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Have you ever belonged to any organization, association, club or society that limits its membership to those of any particular race, religion, or gender?  Do not include in your answer those organizations specifically formed for a religious purpose, such as churches or synagogues.</w:t>
+        <w:t xml:space="preserve">Have you ever belonged to any organization, association, club or society that limits its membership to those of any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>particular race</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, religion, or gender?  Do not include in your answer those organizations specifically formed for a religious purpose, such as churches or synagogues.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2966C7E4" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>If so, list such organizations and describe the basis of the membership limitation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="670F3A89" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>If it is not your intention to resign from such organization(s) and withdraw from any participation in their activities should you be nominated and selected for the position for which you are applying, state your reasons.</w:t>
+        <w:t xml:space="preserve">If it is not your intention to resign from such organization(s) and withdraw from any participation in their </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> should you be nominated and selected for the position for which you are applying, state your reasons.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="5CAFB3F8" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4E458943" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-1440"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5B9808C2" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7294E83E" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="7294E83E" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="005214F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:t>ACHIEVEMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="559E96B2" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-        <w:t>List all bar associations and professional societies of which you have been a member within the last ten years, including dates.  Give the titles and dates of any offices that you have held in such groups.  List memberships and responsibilities on any committee of professional associations that you consider significant.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> all bar associations and professional societies of which you have been a member within the last ten years, including dates.  Give the titles and dates of any offices that you have held in such groups.  List memberships and responsibilities on any committee of professional associations that you consider significant.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="1102FF1F" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2645,61 +2677,55 @@
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="3EEFAA22" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="455DEA3B" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B5EA5E2" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0B5EA5E2" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="005214F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:t>ESSAYS/PERSONAL STATEMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="490E862C" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">What are your reasons for seeking this position? </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>(150 words or less)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -2724,51 +2750,59 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D3E333B" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="47C47239" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="480" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">State any achievements or activities in which you have been involved that demonstrate your commitment to equal justice under the law; include here a discussion of your pro bono service throughout your time as a licensed attorney.  </w:t>
+        <w:t xml:space="preserve">State any achievements or activities in which you have been involved that demonstrate your commitment to equal justice under the law; include here a discussion of your </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>pro bono</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> service throughout your time as a licensed attorney.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>(150 words or less)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="0F741388" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
@@ -3012,81 +3046,102 @@
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F22FF10" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:widowControl/>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:adjustRightInd/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="double"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="double"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C9FC8CE" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
-[...14 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1C9FC8CE" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="005214F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38E73EF5" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>List five (5) persons, and their current positions and contact information, who would recommend you for the judicial position for which you are applying.  Please list at least two persons who are not lawyers.  Please note that the Council or someone on its behalf may contact these persons regarding your application.</w:t>
+        <w:t xml:space="preserve">List five (5) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, and their current positions and contact information, who would recommend you for the judicial position for which you are applying.  Please list at least two </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> who are not lawyers.  Please note that the Council or someone on </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> behalf may contact these </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> regarding your application.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00721BCC" w14:paraId="002C0AE9" w14:textId="77777777" w:rsidTr="00721BCC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3183,196 +3238,268 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="76F819CD" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>E.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2E0720B9" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="627F1958" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
+    <w:p w14:paraId="627F1958" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="005214F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>AFFIRMATION CONCERNING APPLICATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40FC3164" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-          <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="double"/>
-[...5 lines deleted...]
-          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="double"/>
-[...6 lines deleted...]
-          <w:i/>
+        </w:rPr>
+        <w:t>Read, and if you agree to the provisions, sign the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25FF9CCD" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="double"/>
-[...10 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A2F2549" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Read, and if you agree to the provisions, sign the following:</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">I have read the foregoing questions and have answered them in good faith and as completely as my records and recollections permit.  I hereby agree to be considered for nomination to the Governor for the office of Judge of the [Court] _________________________________________ of Tennessee, and if appointed by the Governor and confirmed, if applicable, under Article VI, Section 3 of the Tennessee Constitution, agree to serve that office. In the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>event</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> any changes </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>I have read the foregoing questions and have answered them in good faith and as completely as my records and recollections permit.  I hereby agree to be considered for nomination to the Governor for the office of Judge of the [Court] _________________________________________ of Tennessee, and if appointed by the Governor and confirmed, if applicable, under Article VI, Section 3 of the Tennessee Constitution, agree to serve that office. In the event any changes occur between the time this application is filed and the public hearing, I hereby agree to file an amended application with the Administrative Office of the Courts for distribution to the Council members.</w:t>
+        <w:t>occur</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> between the time this application is filed and the public hearing, I hereby agree to file an amended application with the Administrative Office of the Courts for distribution to the Council members.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DB63FED" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33BF6235" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>I understand that the information provided in this application shall be open to public inspection upon filing with the Administrative Office of the Courts and that the Council may publicize the names of persons who apply for nomination and the names of those persons the Council nominates to the Governor for the judicial vacancy in question.</w:t>
+        <w:t xml:space="preserve">I understand that the information provided in this application </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be open to public inspection upon filing with the Administrative Office of the Courts and that the Council may publicize the names of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who apply for nomination and the names of those </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Council nominates to the Governor for the judicial vacancy in question.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50274F70" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F1F60C5" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Dated:  _______________________, 20_____.</w:t>
+        <w:t>Dated</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:  _</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______________________, 20_____.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41D01A51" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="678E6A78" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:ind w:left="720" w:firstLine="3600"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -3516,123 +3643,95 @@
           <w:b/>
           <w:smallCaps/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="176C1F6D" wp14:editId="403FAD60">
             <wp:extent cx="1171575" cy="1095375"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:docPr id="90305386" name="Picture 1" descr="State Seal 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="State Seal 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1171575" cy="1095375"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C471C00" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
-[...17 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="3C471C00" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="005214F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t>The Governor’s Council for Judicial Appointments</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F0A0EE9" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
-[...17 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0F0A0EE9" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="005214F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t>Administrative Office of the Courts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FEAAB22" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:smallCaps/>
         </w:rPr>
         <w:t>511 Union Street, Suite 600</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38B3EA74" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:smallCaps/>
@@ -3650,141 +3749,79 @@
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:smallCaps/>
         </w:rPr>
         <w:t>Nashville, TN 37219</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60425FDF" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:smallCaps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D64E0B9" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
-[...18 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6D64E0B9" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="005214F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t>Tennessee Board of Professional Responsibility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="520E1CEE" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
-[...18 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="520E1CEE" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="005214F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t>Tennessee Board of Judicial Conduct</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0278BCE4" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
-[...18 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="0278BCE4" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="005214F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
         <w:t>and other licensing boards</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF335EA" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
-[...20 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="6CF335EA" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="005214F8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
         <w:t>Waiver of Confidentiality</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49684FF7" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:spacing w:before="160"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>I hereby waive the privilege of confidentiality with respect to any information that concerns me, including public discipline, private discipline, deferred discipline agreements, diversions, dismissed complaints and any complaints erased by law, and is known to, recorded with, on file with the Board of Professional Responsibility of the Supreme Court of Tennessee, the Tennessee Board of Judicial Conduct (previously known as the Court of the Judiciary) and any other licensing board, whether within or outside the State of Tennessee, from which I have been issued a license that is currently active, inactive or other status.  I hereby authorize a representative of the Governor’s Council for Judicial Appointments to request and receive any such information and distribute it to the membership of the Governor’s Council for Judicial Appointments and to the Office of the Governor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41D08E2C" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
@@ -4996,50 +5033,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="35E370BA" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>BPR #</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="716871F3" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:tab/>
@@ -5056,82 +5094,82 @@
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EE86413" w14:textId="77777777" w:rsidR="00721BCC" w:rsidRDefault="00721BCC" w:rsidP="00721BCC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07558ABE" w14:textId="77777777" w:rsidR="0022159B" w:rsidRDefault="0022159B"/>
     <w:sectPr w:rsidR="0022159B">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F515895"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="64743D6E"/>
     <w:lvl w:ilvl="0" w:tplc="51C4392E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
@@ -5235,105 +5273,110 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00721BCC"/>
     <w:rsid w:val="000B520C"/>
     <w:rsid w:val="0022159B"/>
+    <w:rsid w:val="004E62CA"/>
+    <w:rsid w:val="005214F8"/>
+    <w:rsid w:val="006A0DED"/>
     <w:rsid w:val="00721BCC"/>
+    <w:rsid w:val="00835A2C"/>
     <w:rsid w:val="008C6293"/>
     <w:rsid w:val="00B17305"/>
     <w:rsid w:val="00CD4FD7"/>
     <w:rsid w:val="00CE21C6"/>
     <w:rsid w:val="00FC70FC"/>
     <w:rsid w:val="00FD1FE9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="10E9662E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8741DC1A-3F1A-43CA-924B-BDC7F8367E56}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5712,106 +5755,107 @@
     <w:qFormat/>
     <w:rsid w:val="00721BCC"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00721BCC"/>
+    <w:rsid w:val="004E62CA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00721BCC"/>
+    <w:rsid w:val="004E62CA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00721BCC"/>
+    <w:rsid w:val="005214F8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00721BCC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
@@ -5934,84 +5978,88 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00721BCC"/>
+    <w:rsid w:val="004E62CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00721BCC"/>
+    <w:rsid w:val="004E62CA"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00721BCC"/>
+    <w:rsid w:val="005214F8"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00721BCC"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00721BCC"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -6244,73 +6292,73 @@
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00721BCC"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00721BCC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="613249958">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laura.blount@tncourts.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laura.blount@tncourts.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -6564,59 +6612,344 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009D11873214C3D34DA89F2D9111B1BC51" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0611f7ba367eceb1b294308353d23c6e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="eebf9494-323f-4b79-99a7-8611378039f7" xmlns:ns3="80d60a10-055d-44ac-9876-8849a71cc16f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1631a1f7a177e3ea07c985648df440be" ns2:_="" ns3:_="">
+    <xsd:import namespace="eebf9494-323f-4b79-99a7-8611378039f7"/>
+    <xsd:import namespace="80d60a10-055d-44ac-9876-8849a71cc16f"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="eebf9494-323f-4b79-99a7-8611378039f7" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="85497ebc-3cc3-442b-a695-71c849b13b30" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="20" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="80d60a10-055d-44ac-9876-8849a71cc16f" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{530836a4-9237-4649-b41f-5ef1136d6e93}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="80d60a10-055d-44ac-9876-8849a71cc16f">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="eebf9494-323f-4b79-99a7-8611378039f7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="80d60a10-055d-44ac-9876-8849a71cc16f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F273BF0-84C6-46FC-B51B-74F889BF7316}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="eebf9494-323f-4b79-99a7-8611378039f7"/>
+    <ds:schemaRef ds:uri="80d60a10-055d-44ac-9876-8849a71cc16f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FA6F616-E455-4A72-AA29-0D9CBB71D493}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="eebf9494-323f-4b79-99a7-8611378039f7"/>
+    <ds:schemaRef ds:uri="80d60a10-055d-44ac-9876-8849a71cc16f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{132DD91E-78DC-4073-BED1-F62B14C6AFFE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>12610</Characters>
+  <Pages>12</Pages>
+  <Words>2211</Words>
+  <Characters>12608</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>105</Lines>
   <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14793</CharactersWithSpaces>
+  <CharactersWithSpaces>14790</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Laura Blount</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101009D11873214C3D34DA89F2D9111B1BC51</vt:lpwstr>
+  </property>
+</Properties>
+</file>